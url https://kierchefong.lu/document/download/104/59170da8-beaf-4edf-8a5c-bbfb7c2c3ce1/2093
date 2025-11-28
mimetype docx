--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -4,51 +4,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="332F8EAA" w14:textId="77777777" w:rsidR="00671FAF" w:rsidRPr="0060702F" w:rsidRDefault="0046545B" w:rsidP="001C4DD3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0060702F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Convention</w:t>
@@ -636,70 +636,70 @@
       <w:r w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>et</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="46943A24" w14:textId="77777777" w:rsidR="00C01EF1" w:rsidRPr="00D05E33" w:rsidRDefault="00C01EF1" w:rsidP="00F86393">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F8744B4" w14:textId="29540360" w:rsidR="00F86393" w:rsidRPr="00D05E33" w:rsidRDefault="00F86393" w:rsidP="00B91DFE">
+    <w:p w14:paraId="3F8744B4" w14:textId="772A5268" w:rsidR="00F86393" w:rsidRPr="00D05E33" w:rsidRDefault="00F86393" w:rsidP="00B91DFE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>2.L’administration communale de XXX, &lt;adresse&gt;, représentée par son collège des bourgmestre et échevins ;</w:t>
+        <w:t>2.L’administration communale de XXX, &lt;adresse&gt;, représentée par son collège des bourgmestre et échevins actuellement en fonctions ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43638E20" w14:textId="77777777" w:rsidR="00F86393" w:rsidRPr="00D05E33" w:rsidRDefault="00F86393" w:rsidP="00F86393">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D502835" w14:textId="0F413B9F" w:rsidR="00723BD0" w:rsidRPr="00D05E33" w:rsidRDefault="00F86393" w:rsidP="00677DFC">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
@@ -983,235 +983,240 @@
         <w:t>Considérant qu’il s’agit en l’espèce d’un bâtiment public affecté au culte</w:t>
       </w:r>
       <w:r w:rsidR="00A715E9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72E03539" w14:textId="1E66B00A" w:rsidR="00B8096E" w:rsidRDefault="00B8096E" w:rsidP="000F712B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72F99A18" w14:textId="5C1D6AEA" w:rsidR="00452500" w:rsidRDefault="00B8096E" w:rsidP="000F712B">
+    <w:p w14:paraId="72F99A18" w14:textId="5C1D6AEA" w:rsidR="00452500" w:rsidRPr="00DF0AA1" w:rsidRDefault="00B8096E" w:rsidP="000F712B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF0AA1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Considérant que l’é</w:t>
       </w:r>
-      <w:r w:rsidR="00FE03C0">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00FE03C0" w:rsidRPr="00DF0AA1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">difice </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00DF0AA1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>en question</w:t>
       </w:r>
-      <w:r w:rsidR="00452500">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00452500" w:rsidRPr="00DF0AA1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> fait partie de la richesse du patrimoine culturel immobilier communal et constitue à ce titre un site d’intérêt culturel de la commune ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="567C739F" w14:textId="77777777" w:rsidR="00452500" w:rsidRDefault="00452500" w:rsidP="000F712B">
+    <w:p w14:paraId="567C739F" w14:textId="77777777" w:rsidR="00452500" w:rsidRPr="00DF0AA1" w:rsidRDefault="00452500" w:rsidP="000F712B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="647C2B80" w14:textId="5763CB42" w:rsidR="00B8096E" w:rsidRDefault="00452500" w:rsidP="000F712B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00DF0AA1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Considérant </w:t>
       </w:r>
-      <w:r w:rsidR="00FE03C0">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00FE03C0" w:rsidRPr="00DF0AA1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">par ailleurs </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00DF0AA1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">que </w:t>
       </w:r>
-      <w:r w:rsidR="00FE03C0">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00FE03C0" w:rsidRPr="00DF0AA1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>l’édifice</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00DF0AA1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> est cla</w:t>
       </w:r>
-      <w:r w:rsidR="00FE03C0">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00FE03C0" w:rsidRPr="00DF0AA1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>ssé monument national respectivement inscrit à l’inventaire supplémentaire (</w:t>
       </w:r>
-      <w:r w:rsidR="00FE03C0">
+      <w:r w:rsidR="00FE03C0" w:rsidRPr="00DF0AA1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00FE03C0" w:rsidRPr="00A6083E">
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>si d’application - à vérifier sur la liste publié</w:t>
+      </w:r>
+      <w:r w:rsidR="00005549" w:rsidRPr="00DF0AA1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00005549">
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE03C0" w:rsidRPr="00DF0AA1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> par le Service des sites et monuments nationaux</w:t>
       </w:r>
-      <w:r w:rsidR="00FE03C0">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00FE03C0" w:rsidRPr="00DF0AA1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>) ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7517CDE1" w14:textId="494AE226" w:rsidR="00330E31" w:rsidRPr="00D05E33" w:rsidRDefault="00330E31" w:rsidP="000F712B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27375970" w14:textId="18389F6D" w:rsidR="00F60530" w:rsidRPr="00D05E33" w:rsidRDefault="00F60530" w:rsidP="00F60530">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1445,52 +1450,63 @@
         </w:rPr>
         <w:t>l’édifice religieux suivant :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D63FC53" w14:textId="77777777" w:rsidR="006742A3" w:rsidRPr="00D05E33" w:rsidRDefault="00330E31" w:rsidP="009D65EC">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D05E33">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>Eglise</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00111F20" w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> [chapelle]</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> […paroissiale / chapelle] de XXX, situé</w:t>
       </w:r>
       <w:r w:rsidR="006742A3" w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1520,51 +1536,73 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>ci</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>-après l’«édifice religieux »</w:t>
+        <w:t>-après l</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D05E33">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>’«édifice</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D05E33">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> religieux »</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A63DE5D" w14:textId="77777777" w:rsidR="00CA1BFB" w:rsidRPr="00D05E33" w:rsidRDefault="00CA1BFB" w:rsidP="00CA1BFB">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="545666A2" w14:textId="1AE70C72" w:rsidR="006742A3" w:rsidRDefault="006742A3" w:rsidP="00CA1BFB">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
@@ -1863,51 +1901,51 @@
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00291B2D" w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>pour une durée de XXX ans [entre 5 et 9 ans]</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D27F449" w14:textId="77777777" w:rsidR="00E24B1C" w:rsidRDefault="006742A3" w:rsidP="00A6083E">
+    <w:p w14:paraId="7337B273" w14:textId="77777777" w:rsidR="00526E90" w:rsidRDefault="006742A3" w:rsidP="00A6083E">
       <w:pPr>
         <w:spacing w:after="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Elle</w:t>
       </w:r>
       <w:r w:rsidR="00DF6F7A" w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
@@ -2076,813 +2114,982 @@
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0060702F" w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>de 2018</w:t>
       </w:r>
       <w:r w:rsidR="003C17CE" w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F5EBC34" w14:textId="1716B4EF" w:rsidR="006742A3" w:rsidRPr="00A6083E" w:rsidRDefault="00A6083E" w:rsidP="00A6083E">
+    <w:p w14:paraId="6F5EBC34" w14:textId="50088DE0" w:rsidR="006742A3" w:rsidRPr="00526E90" w:rsidRDefault="00A6083E" w:rsidP="00A6083E">
       <w:pPr>
         <w:spacing w:after="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="006742A3" w:rsidRPr="00D05E33">
+      <w:r w:rsidR="006742A3" w:rsidRPr="00526E90">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. </w:t>
       </w:r>
-      <w:r w:rsidR="00DF6F7A" w:rsidRPr="00D05E33">
+      <w:r w:rsidR="00DF6F7A" w:rsidRPr="00526E90">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="006742A3" w:rsidRPr="00D05E33">
+      <w:r w:rsidR="006742A3" w:rsidRPr="00526E90">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006742A3" w:rsidRPr="00D05E33">
+      <w:r w:rsidR="006742A3" w:rsidRPr="00526E90">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C28D027" w14:textId="6FA67116" w:rsidR="00AC1235" w:rsidRDefault="00E434C9">
+    <w:p w14:paraId="6C28D027" w14:textId="6FA67116" w:rsidR="00AC1235" w:rsidRPr="00526E90" w:rsidRDefault="00E434C9">
       <w:pPr>
         <w:spacing w:after="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Conformément aux dispositions de l’article 14 de la loi de 2018, l</w:t>
       </w:r>
-      <w:r w:rsidR="00DF6F7A" w:rsidRPr="00D05E33">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00DF6F7A" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>e Fonds paiera à la commune une indemnité annuelle de XXX € [entre 1.000 et 2.500 €]</w:t>
       </w:r>
-      <w:r w:rsidR="00A715E9">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A715E9" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> à la valeur de l’indice semestriel des prix de la construction applicable au 1</w:t>
       </w:r>
-      <w:r w:rsidR="00A715E9" w:rsidRPr="00A9598E">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A715E9" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidR="00A715E9">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A715E9" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> octobre 2016</w:t>
       </w:r>
-      <w:r w:rsidR="00FD3E2C">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00FD3E2C" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> [764,68]</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="009C1A9E">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="009C1A9E" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D05E33">
-[...20 lines deleted...]
-    <w:p w14:paraId="7FFF3CB1" w14:textId="32F34AF9" w:rsidR="002F077C" w:rsidRDefault="00404017">
+      <w:r w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">contrepartie de la mise à disposition exclusive. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FFF3CB1" w14:textId="54B7F1F4" w:rsidR="002F077C" w:rsidRPr="00526E90" w:rsidRDefault="00526E90" w:rsidP="006739BB">
       <w:pPr>
         <w:spacing w:after="360"/>
-        <w:jc w:val="both"/>
-[...53 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t>Le Fonds paie l</w:t>
+      </w:r>
+      <w:r w:rsidR="006739BB" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’indemnité </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">annuelle pour chaque année </w:t>
+      </w:r>
+      <w:r w:rsidR="00967818" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
-          <w:lang w:val="fr-FR"/>
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t>jusqu’au 30 juin au plus tard</w:t>
+      </w:r>
+      <w:r w:rsidR="00156C89" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00404017" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Les parties s’accordent sur la formule ci-dessous pour l</w:t>
       </w:r>
-      <w:r w:rsidR="00AC1235">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00AC1235" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">e calcul de </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00404017" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
-      <w:r w:rsidR="00AC1235">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00AC1235" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>indemnité annuelle :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DAA44A7" w14:textId="77777777" w:rsidR="002F077C" w:rsidRDefault="002F077C" w:rsidP="002F077C">
+    <w:p w14:paraId="3DAA44A7" w14:textId="77777777" w:rsidR="002F077C" w:rsidRPr="00526E90" w:rsidRDefault="002F077C" w:rsidP="002F077C">
       <w:pPr>
         <w:ind w:left="-5"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-LU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9273" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4202"/>
         <w:gridCol w:w="745"/>
         <w:gridCol w:w="4326"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00156C89" w:rsidRPr="005E2F76" w14:paraId="1DB83D87" w14:textId="77777777" w:rsidTr="00DF69FF">
+      <w:tr w:rsidR="00156C89" w:rsidRPr="00526E90" w14:paraId="1DB83D87" w14:textId="77777777" w:rsidTr="00DF69FF">
         <w:trPr>
           <w:trHeight w:val="598"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4202" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C128E89" w14:textId="77777777" w:rsidR="003A7AD0" w:rsidRPr="00DF69FF" w:rsidRDefault="003A7AD0" w:rsidP="00156C89">
+          <w:p w14:paraId="6C128E89" w14:textId="77777777" w:rsidR="003A7AD0" w:rsidRPr="00526E90" w:rsidRDefault="003A7AD0" w:rsidP="00156C89">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF69FF">
+            <w:r w:rsidRPr="00526E90">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Indemnité annuelle</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62D3B37D" w14:textId="4821DF4A" w:rsidR="003A7AD0" w:rsidRPr="003A7AD0" w:rsidRDefault="003A7AD0" w:rsidP="00156C89">
+          <w:p w14:paraId="62D3B37D" w14:textId="4821DF4A" w:rsidR="003A7AD0" w:rsidRPr="00526E90" w:rsidRDefault="003A7AD0" w:rsidP="00156C89">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF69FF">
+            <w:r w:rsidRPr="00526E90">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> [</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00DF69FF">
+            <w:r w:rsidRPr="00526E90">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF69FF">
+            <w:r w:rsidRPr="00526E90">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>ntr</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF69FF">
+            <w:r w:rsidRPr="00526E90">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00DF69FF">
+            <w:r w:rsidRPr="00526E90">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1.000 et 2.500 €]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="745" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E999C06" w14:textId="37B4F7E2" w:rsidR="003A7AD0" w:rsidRPr="00DF69FF" w:rsidRDefault="003A7AD0" w:rsidP="00DF69FF">
+          <w:p w14:paraId="6E999C06" w14:textId="37B4F7E2" w:rsidR="003A7AD0" w:rsidRPr="00526E90" w:rsidRDefault="003A7AD0" w:rsidP="00DF69FF">
             <w:pPr>
               <w:spacing w:after="360" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF69FF">
+            <w:r w:rsidRPr="00526E90">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16037550" w14:textId="5A132393" w:rsidR="003A7AD0" w:rsidRPr="00DF69FF" w:rsidRDefault="003A7AD0" w:rsidP="00156C89">
+          <w:p w14:paraId="16037550" w14:textId="5A132393" w:rsidR="003A7AD0" w:rsidRPr="00526E90" w:rsidRDefault="003A7AD0" w:rsidP="00156C89">
             <w:pPr>
               <w:spacing w:after="360" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF69FF">
+            <w:r w:rsidRPr="00526E90">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Valeur de l’indice semestriel des prix de la construction au 1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF69FF">
+            <w:r w:rsidRPr="00526E90">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>er</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF69FF">
+            <w:r w:rsidRPr="00526E90">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> octobre (n-1)</w:t>
             </w:r>
-            <w:r w:rsidR="00404017">
+            <w:r w:rsidR="00404017" w:rsidRPr="00526E90">
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Appelnotedebasdep"/>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3229C8D4" w14:textId="3F174AB6" w:rsidR="00DF69FF" w:rsidRPr="00DF69FF" w:rsidRDefault="003A7AD0" w:rsidP="00106B43">
+    <w:p w14:paraId="697C979F" w14:textId="747436C9" w:rsidR="00526E90" w:rsidRPr="00526E90" w:rsidRDefault="003A7AD0" w:rsidP="00526E90">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="18" w:space="5" w:color="000000" w:themeColor="text1"/>
           <w:between w:val="single" w:sz="4" w:space="5" w:color="FFFFFF" w:themeColor="background1"/>
         </w:pBdr>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="00FD3E2C" w:rsidRPr="00DF69FF">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00FD3E2C" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">aleur de l’indice semestriel des prix de la </w:t>
       </w:r>
-      <w:r w:rsidR="00156C89" w:rsidRPr="00DF69FF">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00156C89" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00FD3E2C" w:rsidRPr="00DF69FF">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00FD3E2C" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>construction au 1</w:t>
       </w:r>
-      <w:r w:rsidR="00FD3E2C" w:rsidRPr="00DF69FF">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00FD3E2C" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidR="00FD3E2C" w:rsidRPr="00DF69FF">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00FD3E2C" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> octobre 2016 [764,68]</w:t>
       </w:r>
-      <w:r w:rsidR="00FD3E2C" w:rsidRPr="00DF69FF">
-[...10 lines deleted...]
-    <w:p w14:paraId="4AB8538A" w14:textId="2FBE6777" w:rsidR="009C1A9E" w:rsidRDefault="002F077C">
+    </w:p>
+    <w:p w14:paraId="1710B5C3" w14:textId="77777777" w:rsidR="00526E90" w:rsidRPr="00526E90" w:rsidRDefault="00526E90" w:rsidP="00526E90">
       <w:pPr>
         <w:spacing w:after="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...96 lines deleted...]
-    <w:p w14:paraId="206710CD" w14:textId="5E5A5694" w:rsidR="006742A3" w:rsidRPr="0026796F" w:rsidRDefault="0026796F">
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3333FEE5" w14:textId="77777777" w:rsidR="00526E90" w:rsidRPr="00526E90" w:rsidRDefault="00526E90" w:rsidP="00526E90">
       <w:pPr>
         <w:spacing w:after="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7949EC1A" w14:textId="7719C8A9" w:rsidR="00526E90" w:rsidRPr="00526E90" w:rsidRDefault="00526E90" w:rsidP="00526E90">
+      <w:pPr>
+        <w:spacing w:after="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Le Fonds paie l’indemnité annuelle indexée </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t>par virement sur le compte de la commune :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="643F936B" w14:textId="2C2B0D7C" w:rsidR="00526E90" w:rsidRPr="00526E90" w:rsidRDefault="00526E90" w:rsidP="00526E90">
+      <w:pPr>
+        <w:spacing w:after="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t>Banque :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>IBAN LU00 0000 0000 0000 0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication : Indemnité annuelle église de xx </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7583DB3F" w14:textId="551614B9" w:rsidR="00967818" w:rsidRPr="00526E90" w:rsidRDefault="00967818" w:rsidP="00526E90">
+      <w:pPr>
+        <w:spacing w:after="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Étant donné que la présente convention prend effet le x.x.20xx, </w:t>
+      </w:r>
+      <w:r w:rsidR="00017326" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">le Fonds paie l’indemnité annuelle pour l’année 20xx au </w:t>
+      </w:r>
+      <w:r w:rsidR="00017326" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t>pro rata</w:t>
+      </w:r>
+      <w:r w:rsidR="00017326" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> suivant la formule ci-avant. </w:t>
+      </w:r>
+      <w:r w:rsidR="006739BB" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t>Exceptionnellement, c</w:t>
+      </w:r>
+      <w:r w:rsidR="00017326" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ette première indemnité est à payer au plus tard le mois qui suit </w:t>
+      </w:r>
+      <w:r w:rsidR="006739BB" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00017326" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t>a prise d’effet</w:t>
+      </w:r>
+      <w:r w:rsidR="006739BB" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la convention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="206710CD" w14:textId="5E5A5694" w:rsidR="006742A3" w:rsidRPr="0026796F" w:rsidRDefault="0026796F">
+      <w:pPr>
+        <w:spacing w:after="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC7CC1">
+      <w:r w:rsidRPr="00526E90">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>Le Fonds</w:t>
       </w:r>
-      <w:r w:rsidR="006018E1" w:rsidRPr="00DC7CC1">
+      <w:r w:rsidR="006018E1" w:rsidRPr="00526E90">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> as</w:t>
       </w:r>
-      <w:r w:rsidR="006018E1" w:rsidRPr="00D05E33">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="006018E1" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">surera sa responsabilité civile résultant du fait de l’utilisation auprès d’un assureur agréé au Grand-Duché de Luxembourg. </w:t>
       </w:r>
+      <w:r w:rsidR="00695D06" w:rsidRPr="00526E90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>La commune assurera les risques non assurés par le Fonds.</w:t>
+      </w:r>
       <w:r w:rsidR="00695D06" w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">La commune assurera les risques non assurés par le Fonds. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CFC5055" w14:textId="4DAE4B49" w:rsidR="00DE6BF0" w:rsidRPr="00D05E33" w:rsidRDefault="00A6083E">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
@@ -4071,50 +4278,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="276DA3EA" w14:textId="13DFCB44" w:rsidR="0003042C" w:rsidRPr="00D05E33" w:rsidRDefault="00A6083E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0003042C" w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Art. 7</w:t>
       </w:r>
       <w:r w:rsidR="0003042C" w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -4336,51 +4544,50 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-LU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DCF3B4A" w14:textId="0CBBFAB8" w:rsidR="00E01F4A" w:rsidRPr="00A6083E" w:rsidRDefault="00C61A5E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-LU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6083E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-LU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>(optionnel)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-LU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D32A0" w:rsidRPr="00A6083E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-LU"/>
         </w:rPr>
         <w:t>Par ailleurs, les parties conviennent que l</w:t>
       </w:r>
       <w:r w:rsidR="00E01F4A" w:rsidRPr="00A6083E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -4813,62 +5020,62 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Fait à ………………………………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>…….</w:t>
+        <w:t>…….…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>…….., le………………………</w:t>
+        <w:t>., le………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70066BD2" w14:textId="77777777" w:rsidR="00C01EF1" w:rsidRPr="00D05E33" w:rsidRDefault="00C01EF1">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4163576B" w14:textId="77777777" w:rsidR="00330E31" w:rsidRPr="00D05E33" w:rsidRDefault="00CA2400">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -4973,60 +5180,62 @@
         <w:t xml:space="preserve">    &lt;Prénom&gt; &lt;NOM&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="532D9AA7" w14:textId="77777777" w:rsidR="00CA2400" w:rsidRPr="00D05E33" w:rsidRDefault="00CA2400">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002218D6" w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Echevin</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5366,51 +5575,51 @@
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="63EA3EDE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:247.65pt;margin-top:20.7pt;width:227.25pt;height:90.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB0ttehDAIAAPcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOkjY14hRdugwD&#10;ugvQ7QMUWY6FyaJGKbG7rx8lu2m2vQ2TAUE0qUPy8Gh9O3SGnRR6DbbixSznTFkJtbaHin/7unuz&#10;4swHYWthwKqKPynPbzevX617V6o5tGBqhYxArC97V/E2BFdmmZet6oSfgVOWnA1gJwKZeMhqFD2h&#10;dyab5/lV1gPWDkEq7+nv/ejkm4TfNEqGz03jVWCm4lRbSDumfR/3bLMW5QGFa7WcyhD/UEUntKWk&#10;Z6h7EQQ7ov4LqtMSwUMTZhK6DJpGS5V6oG6K/I9uHlvhVOqFyPHuTJP/f7Dy0+nRfUEWhrcw0ABT&#10;E949gPzumYVtK+xB3SFC3ypRU+IiUpb1zpfT1Ui1L30E2fcfoaYhi2OABDQ02EVWqE9G6DSApzPp&#10;aghM0s/5anWVXy85k+QriuWcvpRDlM/XHfrwXkHH4qHiSFNN8OL04EMsR5TPITGbB6PrnTYmGXjY&#10;bw2ykyAF7NKa0H8LM5b1Fb+JueMtC/F+EkenAynU6K7iqzyuUTORjne2TiFBaDOeqRJjJ34iJSM5&#10;YdgPFBh52kP9REwhjEqkl0OHFvAnZz2psOL+x1Gg4sx8sMT2TbFYRNkmY7G8npOBl579pUdYSVAV&#10;D5yNx21IUh87uqOpNDrx9VLJVCupK9E4vYQo30s7Rb28180vAAAA//8DAFBLAwQUAAYACAAAACEA&#10;0caaD98AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkLoilK91GStMJkEBc&#10;N/YAbpO1FY1TNdnavT3mxG62/On39xfb2fXibMfQedKwXCQgLNXedNRoOHx/PD6DCBHJYO/JarjY&#10;ANvy9qbA3PiJdva8j43gEAo5amhjHHIpQ91ah2HhB0t8O/rRYeR1bKQZceJw18s0SdbSYUf8ocXB&#10;vre2/tmfnIbj1/SwUlP1GQ+bXbZ+w25T+YvW93fz6wuIaOf4D8OfPqtDyU6VP5EJoteQqdUTozws&#10;MxAMqExxl0pDmqYKZFnI6wrlLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB0ttehDAIA&#10;APcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDRxpoP&#10;3wAAAAoBAAAPAAAAAAAAAAAAAAAAAGYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" stroked="f">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:247.65pt;margin-top:20.7pt;width:227.25pt;height:90.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQB0ttehDAIAAPcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOkjY14hRdugwD&#13;&#10;ugvQ7QMUWY6FyaJGKbG7rx8lu2m2vQ2TAUE0qUPy8Gh9O3SGnRR6DbbixSznTFkJtbaHin/7unuz&#13;&#10;4swHYWthwKqKPynPbzevX617V6o5tGBqhYxArC97V/E2BFdmmZet6oSfgVOWnA1gJwKZeMhqFD2h&#13;&#10;dyab5/lV1gPWDkEq7+nv/ejkm4TfNEqGz03jVWCm4lRbSDumfR/3bLMW5QGFa7WcyhD/UEUntKWk&#13;&#10;Z6h7EQQ7ov4LqtMSwUMTZhK6DJpGS5V6oG6K/I9uHlvhVOqFyPHuTJP/f7Dy0+nRfUEWhrcw0ABT&#13;&#10;E949gPzumYVtK+xB3SFC3ypRU+IiUpb1zpfT1Ui1L30E2fcfoaYhi2OABDQ02EVWqE9G6DSApzPp&#13;&#10;aghM0s/5anWVXy85k+QriuWcvpRDlM/XHfrwXkHH4qHiSFNN8OL04EMsR5TPITGbB6PrnTYmGXjY&#13;&#10;bw2ykyAF7NKa0H8LM5b1Fb+JueMtC/F+EkenAynU6K7iqzyuUTORjne2TiFBaDOeqRJjJ34iJSM5&#13;&#10;YdgPFBh52kP9REwhjEqkl0OHFvAnZz2psOL+x1Gg4sx8sMT2TbFYRNkmY7G8npOBl579pUdYSVAV&#13;&#10;D5yNx21IUh87uqOpNDrx9VLJVCupK9E4vYQo30s7Rb28180vAAAA//8DAFBLAwQUAAYACAAAACEA&#13;&#10;aEfrwuQAAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbEyP3W7CMAyF7yftHSIj7WYaKV2BpTRF+9HQ&#13;&#10;bmE8QNqatqJxqibQ8vbzrrYby5aPj8+XbSfbiSsOvnWkYTGPQCCVrmqp1nD8/nx6AeGDocp0jlDD&#13;&#10;DT1s8/u7zKSVG2mP10OoBZuQT42GJoQ+ldKXDVrj565H4t3JDdYEHodaVoMZ2dx2Mo6ilbSmJf7Q&#13;&#10;mB7fGyzPh4vVcPoaH5dqLHbhuN4nqzfTrgt30/phNn1suLxuQAScwt8F/DJwfsg5WOEuVHnRaUjU&#13;&#10;8pml3CwSECxQiWKgQkMcxwpknsn/HPkPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#13;&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#13;&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHS2&#13;&#10;16EMAgAA9wMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#13;&#10;AGhH68LkAAAADwEAAA8AAAAAAAAAAAAAAAAAZgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#13;&#10;APMAAAB3BQAAAAA=&#13;&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="1B721746" w14:textId="77777777" w:rsidR="00F1462E" w:rsidRPr="00FF68EF" w:rsidRDefault="00F1462E" w:rsidP="00F1462E">
                       <w:pPr>
                         <w:spacing w:after="120"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="fr-FR"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FF68EF">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="fr-FR"/>
                         </w:rPr>
                         <w:t>Pour le Kierchefong,</w:t>
                       </w:r>
                     </w:p>
@@ -5817,51 +6026,51 @@
                             <w:pPr>
                               <w:rPr>
                                 <w:lang w:val="fr-FR"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6064B471" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-11.9pt;margin-top:19.95pt;width:227.25pt;height:90.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVS6BHDgIAAP4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOkjY14hRdugwD&#10;ugvQ7QMUWY6FyaJGKbG7rx8lu2m2vQ2TAYE0pUPy8Gh9O3SGnRR6DbbixSznTFkJtbaHin/7unuz&#10;4swHYWthwKqKPynPbzevX617V6o5tGBqhYxArC97V/E2BFdmmZet6oSfgVOWgg1gJwK5eMhqFD2h&#10;dyab5/lV1gPWDkEq7+nv/Rjkm4TfNEqGz03jVWCm4lRbSDumfR/3bLMW5QGFa7WcyhD/UEUntKWk&#10;Z6h7EQQ7ov4LqtMSwUMTZhK6DJpGS5V6oG6K/I9uHlvhVOqFyPHuTJP/f7Dy0+nRfUEWhrcw0ABT&#10;E949gPzumYVtK+xB3SFC3ypRU+IiUpb1zpfT1Ui1L30E2fcfoaYhi2OABDQ02EVWqE9G6DSApzPp&#10;aghM0s/5anWVXy85kxQriuWcvpRDlM/XHfrwXkHHolFxpKkmeHF68CGWI8rnIzGbB6PrnTYmOXjY&#10;bw2ykyAF7NKa0H87ZizrK34Tc8dbFuL9JI5OB1Ko0V3FV3lco2YiHe9snY4Eoc1oUyXGTvxESkZy&#10;wrAfmK4n8iJde6ifiDCEUZD0gMhoAX9y1pMYK+5/HAUqzswHS6TfFItFVG9yFsvrOTl4GdlfRoSV&#10;BFXxwNlobkNS/NjYHQ2n0Ym2l0qmkklkic3pQUQVX/rp1Muz3fwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJ7VHL3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAFITvJv6HzTPxYtqlgEWQpVET&#10;jdfW/oAH+wpE9i1ht4X+e9eTHiczmfmm3C1mEBeaXG9ZwWYdgSBurO65VXD8el89gXAeWeNgmRRc&#10;ycGuur0psdB25j1dDr4VoYRdgQo678dCStd0ZNCt7UgcvJOdDPogp1bqCedQbgYZR9FWGuw5LHQ4&#10;0ltHzffhbBScPueHx3yuP/wx26fbV+yz2l6Vur9bXp5BeFr8Xxh+8QM6VIGptmfWTgwKVnES0L2C&#10;JM9BhECaRBmIWkEcb1KQVSn/X6h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFVLoEcO&#10;AgAA/gMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEnt&#10;UcvfAAAACgEAAA8AAAAAAAAAAAAAAAAAaAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" stroked="f">
+              <v:shape w14:anchorId="6064B471" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-11.9pt;margin-top:19.95pt;width:227.25pt;height:90.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBVS6BHDgIAAP4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOkjY14hRdugwD&#13;&#10;ugvQ7QMUWY6FyaJGKbG7rx8lu2m2vQ2TAYE0pUPy8Gh9O3SGnRR6DbbixSznTFkJtbaHin/7unuz&#13;&#10;4swHYWthwKqKPynPbzevX617V6o5tGBqhYxArC97V/E2BFdmmZet6oSfgVOWgg1gJwK5eMhqFD2h&#13;&#10;dyab5/lV1gPWDkEq7+nv/Rjkm4TfNEqGz03jVWCm4lRbSDumfR/3bLMW5QGFa7WcyhD/UEUntKWk&#13;&#10;Z6h7EQQ7ov4LqtMSwUMTZhK6DJpGS5V6oG6K/I9uHlvhVOqFyPHuTJP/f7Dy0+nRfUEWhrcw0ABT&#13;&#10;E949gPzumYVtK+xB3SFC3ypRU+IiUpb1zpfT1Ui1L30E2fcfoaYhi2OABDQ02EVWqE9G6DSApzPp&#13;&#10;aghM0s/5anWVXy85kxQriuWcvpRDlM/XHfrwXkHHolFxpKkmeHF68CGWI8rnIzGbB6PrnTYmOXjY&#13;&#10;bw2ykyAF7NKa0H87ZizrK34Tc8dbFuL9JI5OB1Ko0V3FV3lco2YiHe9snY4Eoc1oUyXGTvxESkZy&#13;&#10;wrAfmK4n8iJde6ifiDCEUZD0gMhoAX9y1pMYK+5/HAUqzswHS6TfFItFVG9yFsvrOTl4GdlfRoSV&#13;&#10;BFXxwNlobkNS/NjYHQ2n0Ym2l0qmkklkic3pQUQVX/rp1Muz3fwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDwbCAG5AAAAA8BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NboNADITvlfoOK1fqpUqWAA2BsET9&#13;&#10;Uatek+YBDGwAhfUidhPI29c9tRdLI9sz3+S72fTiqkfXWVKwWgYgNFW27qhRcPz+WGxAOI9UY29J&#13;&#10;K7hpB7vi/i7HrLYT7fX14BvBJuQyVNB6P2RSuqrVBt3SDpp4d7KjQc9ybGQ94sTmppdhEKylwY44&#13;&#10;ocVBv7W6Oh8uRsHpa3p6Tqfy0x+Tfbx+xS4p7U2px4f5fcvjZQvC69n/fcBvB+aHgsFKe6HaiV7B&#13;&#10;IoyY3yuI0hQEH8RRkIAoFYThKgZZ5PJ/j+IHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#13;&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#13;&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#13;&#10;VUugRw4CAAD+AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#13;&#10;ACEA8GwgBuQAAAAPAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#13;&#10;AAQA8wAAAHkFAAAAAA==&#13;&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="402A36C5" w14:textId="242F0588" w:rsidR="00FF68EF" w:rsidRPr="00FF68EF" w:rsidRDefault="00FF68EF" w:rsidP="00FF68EF">
                       <w:pPr>
                         <w:spacing w:after="120"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="fr-FR"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FF68EF">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="fr-FR"/>
                         </w:rPr>
                         <w:t>Pour le Kierchefong,</w:t>
                       </w:r>
                     </w:p>
@@ -6118,406 +6327,548 @@
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="18A5FBCB" w14:textId="417A1706" w:rsidR="00FE3079" w:rsidRPr="00D05E33" w:rsidRDefault="008A0ACB" w:rsidP="00CA2400">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Approbation de l’Archevêché </w:t>
       </w:r>
       <w:r w:rsidR="00FF68EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">en annexe de la présente </w:t>
       </w:r>
       <w:r w:rsidR="0060702F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>convention</w:t>
       </w:r>
       <w:r w:rsidR="0060702F" w:rsidRPr="00D05E33">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FE3079" w:rsidRPr="00D05E33" w:rsidSect="004F67E8">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="993" w:right="1106" w:bottom="993" w:left="1678" w:header="567" w:footer="851" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40D498E1" w14:textId="77777777" w:rsidR="0033431D" w:rsidRDefault="0033431D">
+    <w:p w14:paraId="5CC56395" w14:textId="77777777" w:rsidR="00AE0F89" w:rsidRDefault="00AE0F89">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28945A7B" w14:textId="77777777" w:rsidR="0033431D" w:rsidRDefault="0033431D">
+    <w:p w14:paraId="20EF2AC8" w14:textId="77777777" w:rsidR="00AE0F89" w:rsidRDefault="00AE0F89">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TT1A6t00">
     <w:altName w:val="MS Gothic"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Nova">
     <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="0000028F" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26E9B3CE" w14:textId="77777777" w:rsidR="009D65EC" w:rsidRDefault="009D65EC" w:rsidP="00CC1F3C">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">- </w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Numrodepage"/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:t xml:space="preserve"> -</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6FB190AF" w14:textId="438F3923" w:rsidR="009D65EC" w:rsidRDefault="009D65EC" w:rsidP="0021038B">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>(</w:t>
     </w:r>
     <w:r w:rsidRPr="0021038B">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Version 0</w:t>
     </w:r>
     <w:r w:rsidR="00A6083E">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="0021038B">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>.20</w:t>
     </w:r>
     <w:r w:rsidR="00A6083E">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>21</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t xml:space="preserve">- 1 - </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="68157359" w14:textId="77777777" w:rsidR="0033431D" w:rsidRDefault="0033431D">
+    <w:p w14:paraId="2DD48CCA" w14:textId="77777777" w:rsidR="00AE0F89" w:rsidRDefault="00AE0F89">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3768CBA0" w14:textId="77777777" w:rsidR="0033431D" w:rsidRDefault="0033431D">
+    <w:p w14:paraId="3A417AC5" w14:textId="77777777" w:rsidR="00AE0F89" w:rsidRDefault="00AE0F89">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="2B48A49B" w14:textId="42C0316B" w:rsidR="00404017" w:rsidRPr="00404017" w:rsidRDefault="00404017">
-[...1 lines deleted...]
-        <w:pStyle w:val="FootnoteText"/>
+    <w:p w14:paraId="2B48A49B" w14:textId="345F717F" w:rsidR="00404017" w:rsidRPr="00404017" w:rsidRDefault="00404017">
+      <w:pPr>
+        <w:pStyle w:val="Notedebasdepage"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404017">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00E95611">
+      <w:r w:rsidRPr="00404017">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="fr-LU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E95611">
+      <w:r w:rsidRPr="00404017">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="fr-LU"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Année </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00404017">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00404017">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00404017">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>cours</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00404017">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00404017">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E95611">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t>P.ex. : Pour le calcul de l’indemnité de l’année 2023, dont l’avis de paiement est à envoyer au Fonds avant le 15 décembre 2023, l’index applicable sera celui d’octobre 2022 (n-1) publié en janvier de l’année 2023.</w:t>
+        <w:t>P.ex. :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pour le calcul de l’indemnité de l’année 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00967818">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>, l’index applicable sera celui d</w:t>
+      </w:r>
+      <w:r w:rsidR="00967818">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>u 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00967818" w:rsidRPr="00967818">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>er</w:t>
+      </w:r>
+      <w:r w:rsidR="00967818">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>octobre 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00967818">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (n-1) publié en janvier de l’année 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00967818">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1A0BAC63" w14:textId="77777777" w:rsidR="009D65EC" w:rsidRPr="009152C6" w:rsidRDefault="009D65EC" w:rsidP="006F4EF3">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="En-tte"/>
       <w:ind w:right="-717"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009152C6">
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FDA43476"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7761,92 +8112,92 @@
   <w:num w:numId="4" w16cid:durableId="1964074171">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="501314959">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1256866970">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1879967663">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="120198770">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1559055492">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1080325579">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="160"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-CH" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-LU" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-CH" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
-  <w:activeWritingStyle w:appName="MSWord" w:lang="fr-LU" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC1F3C"/>
     <w:rsid w:val="00005549"/>
+    <w:rsid w:val="00017326"/>
     <w:rsid w:val="00020F1D"/>
     <w:rsid w:val="00023A05"/>
     <w:rsid w:val="00024C64"/>
     <w:rsid w:val="0003042C"/>
     <w:rsid w:val="000411E6"/>
     <w:rsid w:val="00055685"/>
     <w:rsid w:val="00060C6B"/>
     <w:rsid w:val="0009131B"/>
     <w:rsid w:val="00096D3D"/>
     <w:rsid w:val="000B643F"/>
     <w:rsid w:val="000C148F"/>
     <w:rsid w:val="000E56B2"/>
     <w:rsid w:val="000F1945"/>
     <w:rsid w:val="000F712B"/>
     <w:rsid w:val="000F7B45"/>
     <w:rsid w:val="00103E73"/>
     <w:rsid w:val="00106B43"/>
     <w:rsid w:val="00111F20"/>
     <w:rsid w:val="001134FC"/>
     <w:rsid w:val="001165AE"/>
     <w:rsid w:val="00134C47"/>
     <w:rsid w:val="001379CD"/>
     <w:rsid w:val="0014094D"/>
     <w:rsid w:val="00145B29"/>
     <w:rsid w:val="00146BA3"/>
@@ -7862,142 +8213,143 @@
     <w:rsid w:val="001D21E3"/>
     <w:rsid w:val="001E37E1"/>
     <w:rsid w:val="001E4D15"/>
     <w:rsid w:val="001E562D"/>
     <w:rsid w:val="001F7794"/>
     <w:rsid w:val="0020201E"/>
     <w:rsid w:val="00204B96"/>
     <w:rsid w:val="0021038B"/>
     <w:rsid w:val="002218D6"/>
     <w:rsid w:val="00224B6A"/>
     <w:rsid w:val="00232D8D"/>
     <w:rsid w:val="00234042"/>
     <w:rsid w:val="00240269"/>
     <w:rsid w:val="00243406"/>
     <w:rsid w:val="00244CD8"/>
     <w:rsid w:val="00247604"/>
     <w:rsid w:val="00260A5B"/>
     <w:rsid w:val="00266706"/>
     <w:rsid w:val="0026796F"/>
     <w:rsid w:val="00275D79"/>
     <w:rsid w:val="00282EBC"/>
     <w:rsid w:val="00291B2D"/>
     <w:rsid w:val="002A78B7"/>
     <w:rsid w:val="002B4AD4"/>
     <w:rsid w:val="002D0CCF"/>
+    <w:rsid w:val="002D3470"/>
     <w:rsid w:val="002D39A4"/>
     <w:rsid w:val="002D5FF1"/>
     <w:rsid w:val="002D621C"/>
     <w:rsid w:val="002E16C7"/>
     <w:rsid w:val="002E5004"/>
     <w:rsid w:val="002F077C"/>
     <w:rsid w:val="002F0BF9"/>
     <w:rsid w:val="0031055F"/>
     <w:rsid w:val="00314791"/>
     <w:rsid w:val="00324C43"/>
     <w:rsid w:val="00325BD8"/>
     <w:rsid w:val="00330E31"/>
-    <w:rsid w:val="0033431D"/>
     <w:rsid w:val="00357B16"/>
     <w:rsid w:val="00383B1F"/>
     <w:rsid w:val="00387D8E"/>
     <w:rsid w:val="003A363E"/>
     <w:rsid w:val="003A7AD0"/>
     <w:rsid w:val="003B0613"/>
     <w:rsid w:val="003B24E7"/>
     <w:rsid w:val="003B4CC5"/>
     <w:rsid w:val="003C17CE"/>
     <w:rsid w:val="003C2C46"/>
     <w:rsid w:val="003E017B"/>
     <w:rsid w:val="003E5E6E"/>
     <w:rsid w:val="004003C1"/>
     <w:rsid w:val="00404017"/>
     <w:rsid w:val="00410BF6"/>
     <w:rsid w:val="00411B2D"/>
     <w:rsid w:val="0041274B"/>
     <w:rsid w:val="00414279"/>
     <w:rsid w:val="004206CD"/>
     <w:rsid w:val="004318F8"/>
     <w:rsid w:val="00443158"/>
     <w:rsid w:val="00446D0D"/>
     <w:rsid w:val="00451EA1"/>
     <w:rsid w:val="00452500"/>
     <w:rsid w:val="0046545B"/>
     <w:rsid w:val="0048449C"/>
     <w:rsid w:val="00484D98"/>
     <w:rsid w:val="00485F35"/>
     <w:rsid w:val="004875CB"/>
     <w:rsid w:val="00487F74"/>
     <w:rsid w:val="00491407"/>
     <w:rsid w:val="00491E6E"/>
     <w:rsid w:val="00497204"/>
     <w:rsid w:val="004A2665"/>
     <w:rsid w:val="004A42B5"/>
     <w:rsid w:val="004B4031"/>
     <w:rsid w:val="004B480E"/>
     <w:rsid w:val="004C391E"/>
     <w:rsid w:val="004C41AA"/>
     <w:rsid w:val="004D541D"/>
     <w:rsid w:val="004E107A"/>
     <w:rsid w:val="004E218B"/>
     <w:rsid w:val="004E76D7"/>
     <w:rsid w:val="004F67E8"/>
     <w:rsid w:val="0050215B"/>
+    <w:rsid w:val="00526E90"/>
     <w:rsid w:val="00542A5A"/>
     <w:rsid w:val="0055127D"/>
     <w:rsid w:val="00551DEC"/>
     <w:rsid w:val="005530FA"/>
     <w:rsid w:val="00554167"/>
     <w:rsid w:val="0056101B"/>
     <w:rsid w:val="0056152D"/>
     <w:rsid w:val="00563FC2"/>
     <w:rsid w:val="00570670"/>
     <w:rsid w:val="00572ABC"/>
     <w:rsid w:val="00574D10"/>
     <w:rsid w:val="0058013D"/>
     <w:rsid w:val="00592F19"/>
     <w:rsid w:val="00595A2D"/>
     <w:rsid w:val="005B3BFE"/>
     <w:rsid w:val="005B7F60"/>
     <w:rsid w:val="005C18BD"/>
     <w:rsid w:val="005D11C0"/>
     <w:rsid w:val="005E0B4C"/>
-    <w:rsid w:val="005E2F76"/>
     <w:rsid w:val="005E5DEB"/>
     <w:rsid w:val="005E6857"/>
     <w:rsid w:val="005F0A0B"/>
     <w:rsid w:val="006018E1"/>
     <w:rsid w:val="0060702F"/>
     <w:rsid w:val="00607ED2"/>
     <w:rsid w:val="00625DE5"/>
     <w:rsid w:val="006343A8"/>
     <w:rsid w:val="00635CE5"/>
     <w:rsid w:val="00653D72"/>
     <w:rsid w:val="00664E26"/>
     <w:rsid w:val="00671E21"/>
     <w:rsid w:val="00671FAF"/>
     <w:rsid w:val="00672D77"/>
+    <w:rsid w:val="006739BB"/>
     <w:rsid w:val="006742A3"/>
     <w:rsid w:val="0067777E"/>
     <w:rsid w:val="00677DFC"/>
     <w:rsid w:val="00690242"/>
     <w:rsid w:val="00695D06"/>
     <w:rsid w:val="006A1FE2"/>
     <w:rsid w:val="006B0E40"/>
     <w:rsid w:val="006B374C"/>
     <w:rsid w:val="006C7269"/>
     <w:rsid w:val="006D3449"/>
     <w:rsid w:val="006E14DF"/>
     <w:rsid w:val="006E6EF3"/>
     <w:rsid w:val="006F4EF3"/>
     <w:rsid w:val="00701BB4"/>
     <w:rsid w:val="00723BD0"/>
     <w:rsid w:val="00727D2D"/>
     <w:rsid w:val="00742005"/>
     <w:rsid w:val="00742878"/>
     <w:rsid w:val="00743F9C"/>
     <w:rsid w:val="00746C9A"/>
     <w:rsid w:val="00752640"/>
     <w:rsid w:val="007608CD"/>
     <w:rsid w:val="00762FBE"/>
     <w:rsid w:val="00763E8C"/>
     <w:rsid w:val="0076423B"/>
@@ -8027,96 +8379,98 @@
     <w:rsid w:val="00807F22"/>
     <w:rsid w:val="00833240"/>
     <w:rsid w:val="00834716"/>
     <w:rsid w:val="00835A14"/>
     <w:rsid w:val="008478F3"/>
     <w:rsid w:val="00851F17"/>
     <w:rsid w:val="0085273A"/>
     <w:rsid w:val="008617E7"/>
     <w:rsid w:val="008A0ACB"/>
     <w:rsid w:val="008A139D"/>
     <w:rsid w:val="008A6B71"/>
     <w:rsid w:val="008B10AC"/>
     <w:rsid w:val="008B35BA"/>
     <w:rsid w:val="008F5202"/>
     <w:rsid w:val="008F6BE9"/>
     <w:rsid w:val="008F6D98"/>
     <w:rsid w:val="009152C6"/>
     <w:rsid w:val="00926C6D"/>
     <w:rsid w:val="00931CF8"/>
     <w:rsid w:val="00932576"/>
     <w:rsid w:val="00934F22"/>
     <w:rsid w:val="00934F78"/>
     <w:rsid w:val="00936E34"/>
     <w:rsid w:val="00942208"/>
     <w:rsid w:val="009608A1"/>
+    <w:rsid w:val="00967818"/>
     <w:rsid w:val="00973E8A"/>
     <w:rsid w:val="00983133"/>
     <w:rsid w:val="0098491C"/>
     <w:rsid w:val="00984995"/>
     <w:rsid w:val="00990415"/>
     <w:rsid w:val="00995DD8"/>
     <w:rsid w:val="00996E2A"/>
     <w:rsid w:val="009A12F2"/>
     <w:rsid w:val="009A1DF4"/>
     <w:rsid w:val="009A6905"/>
     <w:rsid w:val="009A699D"/>
     <w:rsid w:val="009B5563"/>
     <w:rsid w:val="009B6396"/>
     <w:rsid w:val="009B6870"/>
     <w:rsid w:val="009C1A9E"/>
     <w:rsid w:val="009C7468"/>
     <w:rsid w:val="009D65EC"/>
     <w:rsid w:val="009D71B2"/>
     <w:rsid w:val="009F4E2D"/>
     <w:rsid w:val="00A01C2F"/>
     <w:rsid w:val="00A0515C"/>
     <w:rsid w:val="00A13219"/>
     <w:rsid w:val="00A15F57"/>
     <w:rsid w:val="00A17D3B"/>
     <w:rsid w:val="00A318AA"/>
     <w:rsid w:val="00A33CC3"/>
     <w:rsid w:val="00A34FCE"/>
     <w:rsid w:val="00A35E47"/>
     <w:rsid w:val="00A44092"/>
     <w:rsid w:val="00A450AA"/>
     <w:rsid w:val="00A55052"/>
     <w:rsid w:val="00A57370"/>
     <w:rsid w:val="00A574C3"/>
     <w:rsid w:val="00A605B3"/>
     <w:rsid w:val="00A6083E"/>
     <w:rsid w:val="00A60B20"/>
     <w:rsid w:val="00A715E9"/>
     <w:rsid w:val="00A76BE1"/>
     <w:rsid w:val="00A80816"/>
     <w:rsid w:val="00A82B5C"/>
     <w:rsid w:val="00A9598E"/>
     <w:rsid w:val="00AA11AF"/>
     <w:rsid w:val="00AA4658"/>
     <w:rsid w:val="00AB5674"/>
     <w:rsid w:val="00AC1235"/>
     <w:rsid w:val="00AC3764"/>
+    <w:rsid w:val="00AE0F89"/>
     <w:rsid w:val="00B253D1"/>
     <w:rsid w:val="00B30CEC"/>
     <w:rsid w:val="00B35F94"/>
     <w:rsid w:val="00B52F01"/>
     <w:rsid w:val="00B56372"/>
     <w:rsid w:val="00B8096E"/>
     <w:rsid w:val="00B90DE1"/>
     <w:rsid w:val="00B91DFE"/>
     <w:rsid w:val="00B92269"/>
     <w:rsid w:val="00B9499A"/>
     <w:rsid w:val="00B96B8E"/>
     <w:rsid w:val="00B9746E"/>
     <w:rsid w:val="00BB25CD"/>
     <w:rsid w:val="00BC0E2E"/>
     <w:rsid w:val="00BD0AEC"/>
     <w:rsid w:val="00C01073"/>
     <w:rsid w:val="00C01EF1"/>
     <w:rsid w:val="00C13388"/>
     <w:rsid w:val="00C61A5E"/>
     <w:rsid w:val="00C7152A"/>
     <w:rsid w:val="00C75D77"/>
     <w:rsid w:val="00C8052B"/>
     <w:rsid w:val="00CA1BFB"/>
     <w:rsid w:val="00CA2400"/>
     <w:rsid w:val="00CA6563"/>
@@ -8125,132 +8479,134 @@
     <w:rsid w:val="00CD38C7"/>
     <w:rsid w:val="00CD3C57"/>
     <w:rsid w:val="00CD4198"/>
     <w:rsid w:val="00CF2F06"/>
     <w:rsid w:val="00CF4AA7"/>
     <w:rsid w:val="00CF4B91"/>
     <w:rsid w:val="00D05E33"/>
     <w:rsid w:val="00D211FD"/>
     <w:rsid w:val="00D36C4E"/>
     <w:rsid w:val="00D472A1"/>
     <w:rsid w:val="00D741BE"/>
     <w:rsid w:val="00D8200D"/>
     <w:rsid w:val="00D84594"/>
     <w:rsid w:val="00D95256"/>
     <w:rsid w:val="00DA6905"/>
     <w:rsid w:val="00DA7031"/>
     <w:rsid w:val="00DB7BC8"/>
     <w:rsid w:val="00DC392D"/>
     <w:rsid w:val="00DC5D38"/>
     <w:rsid w:val="00DC7CC1"/>
     <w:rsid w:val="00DD645D"/>
     <w:rsid w:val="00DD7985"/>
     <w:rsid w:val="00DE1D9A"/>
     <w:rsid w:val="00DE493C"/>
     <w:rsid w:val="00DE6BF0"/>
+    <w:rsid w:val="00DF0AA1"/>
     <w:rsid w:val="00DF69FF"/>
     <w:rsid w:val="00DF6F7A"/>
     <w:rsid w:val="00E000D6"/>
+    <w:rsid w:val="00E01661"/>
     <w:rsid w:val="00E01F4A"/>
     <w:rsid w:val="00E034F1"/>
     <w:rsid w:val="00E04378"/>
     <w:rsid w:val="00E11130"/>
     <w:rsid w:val="00E12AD1"/>
     <w:rsid w:val="00E16A76"/>
     <w:rsid w:val="00E24087"/>
     <w:rsid w:val="00E24B1C"/>
     <w:rsid w:val="00E24FE5"/>
     <w:rsid w:val="00E267F8"/>
     <w:rsid w:val="00E402AD"/>
     <w:rsid w:val="00E434C9"/>
     <w:rsid w:val="00E605C8"/>
     <w:rsid w:val="00E712F2"/>
     <w:rsid w:val="00E72352"/>
     <w:rsid w:val="00E72694"/>
     <w:rsid w:val="00E82BBC"/>
     <w:rsid w:val="00E83329"/>
     <w:rsid w:val="00E837E0"/>
     <w:rsid w:val="00E87447"/>
-    <w:rsid w:val="00E95611"/>
     <w:rsid w:val="00EA4FEC"/>
     <w:rsid w:val="00EB01B8"/>
     <w:rsid w:val="00EB491E"/>
     <w:rsid w:val="00EC36D0"/>
     <w:rsid w:val="00EC4814"/>
     <w:rsid w:val="00EE488A"/>
     <w:rsid w:val="00EE5846"/>
     <w:rsid w:val="00EF0EDF"/>
     <w:rsid w:val="00F13676"/>
     <w:rsid w:val="00F1462E"/>
     <w:rsid w:val="00F14653"/>
     <w:rsid w:val="00F17454"/>
+    <w:rsid w:val="00F47198"/>
     <w:rsid w:val="00F60530"/>
     <w:rsid w:val="00F70598"/>
     <w:rsid w:val="00F86393"/>
     <w:rsid w:val="00F86A2A"/>
     <w:rsid w:val="00FB2233"/>
     <w:rsid w:val="00FB3BB4"/>
     <w:rsid w:val="00FB7527"/>
     <w:rsid w:val="00FD3E2C"/>
     <w:rsid w:val="00FD7168"/>
     <w:rsid w:val="00FE03C0"/>
     <w:rsid w:val="00FE3079"/>
     <w:rsid w:val="00FF42B9"/>
     <w:rsid w:val="00FF68EF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5EF37BC2"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{55EAE070-D46A-4260-9FF0-EB33C07DBC76}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -8513,261 +8869,261 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C7152A"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="En-tte">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00CC1F3C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Pieddepage">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00CC1F3C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Numrodepage">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="00CC1F3C"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:type="paragraph" w:styleId="Notedebasdepage">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="009B6396"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Appelnotedebasdep">
     <w:name w:val="footnote reference"/>
     <w:semiHidden/>
     <w:rsid w:val="009B6396"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="006D3449"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Textedebulles">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="TextedebullesCar"/>
     <w:rsid w:val="004D541D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...1 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
+    <w:name w:val="Texte de bulles Car"/>
+    <w:link w:val="Textedebulles"/>
     <w:rsid w:val="004D541D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Marquedecommentaire">
     <w:name w:val="annotation reference"/>
     <w:rsid w:val="00020F1D"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Commentaire">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:link w:val="CommentaireCar"/>
     <w:rsid w:val="00020F1D"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...1 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentaireCar">
+    <w:name w:val="Commentaire Car"/>
+    <w:link w:val="Commentaire"/>
     <w:rsid w:val="00020F1D"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Objetducommentaire">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Commentaire"/>
+    <w:next w:val="Commentaire"/>
+    <w:link w:val="ObjetducommentaireCar"/>
     <w:rsid w:val="00020F1D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...1 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
+    <w:name w:val="Objet du commentaire Car"/>
+    <w:link w:val="Objetducommentaire"/>
     <w:rsid w:val="00020F1D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="EndnoteText">
+  <w:style w:type="paragraph" w:styleId="Notedefin">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="EndnoteTextChar"/>
+    <w:link w:val="NotedefinCar"/>
     <w:rsid w:val="0021038B"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
-[...2 lines deleted...]
-    <w:link w:val="EndnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NotedefinCar">
+    <w:name w:val="Note de fin Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Notedefin"/>
     <w:rsid w:val="0021038B"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="EndnoteReference">
+  <w:style w:type="character" w:styleId="Appeldenotedefin">
     <w:name w:val="endnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="0021038B"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Aucun">
     <w:name w:val="Aucun"/>
     <w:rsid w:val="00484D98"/>
     <w:rPr>
       <w:lang w:val="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGridLight">
+  <w:style w:type="table" w:styleId="Grilledetableauclaire">
     <w:name w:val="Grid Table Light"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="40"/>
     <w:rsid w:val="002F077C"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1085807241">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="150218969">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -9186,78 +9542,78 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CF071D8-EA8E-7548-BFEC-BACF31CBA506}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6887</Characters>
+  <Pages>5</Pages>
+  <Words>1305</Words>
+  <Characters>7178</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
+  <Lines>59</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Régime de service des ministres du culte :</vt:lpstr>
       <vt:lpstr>Régime de service des ministres du culte :</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8142</CharactersWithSpaces>
+  <CharactersWithSpaces>8467</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Régime de service des ministres du culte :</dc:title>
   <dc:subject/>
   <dc:creator>Camille</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>