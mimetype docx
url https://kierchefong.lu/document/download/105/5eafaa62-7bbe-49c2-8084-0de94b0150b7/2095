--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -4,51 +4,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5D13F565" w14:textId="77777777" w:rsidR="00E70EEE" w:rsidRPr="00DB70BE" w:rsidRDefault="00E70EEE" w:rsidP="00DB70BE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB70BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Vereinbarung über die Bereitstellung der Kirche von XX</w:t>
@@ -1122,91 +1122,341 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A0C5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>diese Kirche schon immer für die Ausübung des Gottesdienstes benutzte und immer noch benutzt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48385CE7" w14:textId="77777777" w:rsidR="00E70EEE" w:rsidRPr="009A0C5F" w:rsidRDefault="00E70EEE" w:rsidP="00E70EEE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3550F61E" w14:textId="2A82A01A" w:rsidR="00E70EEE" w:rsidRPr="009A0C5F" w:rsidRDefault="00E70EEE" w:rsidP="00E70EEE">
+    <w:p w14:paraId="3550F61E" w14:textId="2A82A01A" w:rsidR="00E70EEE" w:rsidRDefault="00E70EEE" w:rsidP="00E70EEE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006600B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>In Anbetracht der Tatsache</w:t>
       </w:r>
       <w:r w:rsidRPr="009A0C5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>, dass es sich in diesem Fall um ein öffentliches Gebäude handelt, das dem Gottesdienst gewidmet ist</w:t>
       </w:r>
       <w:r w:rsidR="00CD4C6A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="4663C752" w14:textId="77777777" w:rsidR="009C6C8F" w:rsidRDefault="009C6C8F" w:rsidP="00E70EEE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C097234" w14:textId="77777777" w:rsidR="00A24B2A" w:rsidRDefault="009C6C8F" w:rsidP="00E70EEE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In Anbetracht der Tatsache, dass </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24B2A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">das </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24B2A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>treffende</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gebäude Teil des kulturellen</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24B2A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rbes der Gemeinde </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24B2A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ist und als solches einen Ort von kulturellem Interesse für die Gemeinde </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A24B2A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>darstellt ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="1BCD2487" w14:textId="77777777" w:rsidR="00A24B2A" w:rsidRDefault="00A24B2A" w:rsidP="00E70EEE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DDBDE10" w14:textId="4A253243" w:rsidR="009C6C8F" w:rsidRPr="009A0C5F" w:rsidRDefault="00A24B2A" w:rsidP="00E70EEE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unter Berücksichtigung dessen, dass das Gebäude als national geschütztes Denkmal eingestuft ist beziehungsweise im ergänzenden Verzeichnis aufgeführt wird (falls zutreffend – zu überprüfen anhand der vom </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>sites</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>monuments</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>nationaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veröffentlichten Liste</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>) ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7DFE9B76" w14:textId="77777777" w:rsidR="00E70EEE" w:rsidRPr="009A0C5F" w:rsidRDefault="00E70EEE" w:rsidP="00E70EEE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BA00038" w14:textId="27B1596A" w:rsidR="00E70EEE" w:rsidRPr="006600B3" w:rsidRDefault="00D93767" w:rsidP="00E70EEE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -1220,105 +1470,119 @@
         <w:t>Gemäß der</w:t>
       </w:r>
       <w:r w:rsidR="00E70EEE" w:rsidRPr="006600B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Genehmigung Nr. xxxxxxxxxxx des Erzbistums Luxemburg vom xxxxxxxx, die eine Voraussetzung für die Nutzung und Verfügbarkeit von religiösen Gebäuden für den katholischen Gottesdienst ist und die dieser Vereinbarung beigefügt ist.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D1A4F7F" w14:textId="77777777" w:rsidR="00E70EEE" w:rsidRPr="009A0C5F" w:rsidRDefault="00E70EEE" w:rsidP="00E70EEE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56C82377" w14:textId="4C6B5AFD" w:rsidR="00E70EEE" w:rsidRPr="006600B3" w:rsidRDefault="00E70EEE" w:rsidP="009A0C5F">
+    <w:p w14:paraId="56C82377" w14:textId="4C6B5AFD" w:rsidR="00E70EEE" w:rsidRDefault="00E70EEE" w:rsidP="009A0C5F">
       <w:pPr>
         <w:spacing w:after="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006600B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Vereinbaren d</w:t>
       </w:r>
       <w:r w:rsidRPr="009A0C5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>ie Parteien Folgendes:</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="08842D95" w14:textId="77777777" w:rsidR="00450BFE" w:rsidRPr="006600B3" w:rsidRDefault="00450BFE" w:rsidP="009A0C5F">
+      <w:pPr>
+        <w:spacing w:after="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="660D3207" w14:textId="7E87109A" w:rsidR="00330E31" w:rsidRPr="009A0C5F" w:rsidRDefault="00D93767" w:rsidP="009A0C5F">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Paragraph 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6843858A" w14:textId="1E94E5A6" w:rsidR="00E70EEE" w:rsidRPr="009A0C5F" w:rsidRDefault="00E70EEE" w:rsidP="009D65EC">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A0C5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Die Gemeinde stellt</w:t>
       </w:r>
@@ -1607,51 +1871,50 @@
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11AC2E52" w14:textId="79385A3D" w:rsidR="00723BD0" w:rsidRPr="009A0C5F" w:rsidRDefault="002635A9" w:rsidP="009A0C5F">
       <w:pPr>
         <w:spacing w:after="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A0C5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Die Nutzung für religiöse Zwecke schließt naturgemäß nicht aus, dass der Fonds </w:t>
       </w:r>
       <w:r w:rsidR="00E819AF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">gänzlich </w:t>
       </w:r>
       <w:r w:rsidR="003A7BF2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>freier Entscheidung</w:t>
       </w:r>
       <w:r w:rsidR="00E819AF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -2013,107 +2276,129 @@
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Artikel 14 des Gesetzes von 2018 zahlt der Fonds der Gemeinde für die exklusive Nutzung des religiösen Gebäudes eine jährliche Zuwendung in Höhe von € XXX [zwischen € 1.000 und € 2.500] gemäß Bauindex vom 1. Oktober 2016 </w:t>
       </w:r>
       <w:r w:rsidRPr="0033090B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>[764,68]</w:t>
       </w:r>
       <w:r w:rsidRPr="0033090B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA50373" w14:textId="4E9D62F2" w:rsidR="00184E2B" w:rsidRPr="0033090B" w:rsidRDefault="00184E2B">
+    <w:p w14:paraId="2CA50373" w14:textId="3745AE7C" w:rsidR="00184E2B" w:rsidRPr="0033090B" w:rsidRDefault="0094175C">
       <w:pPr>
         <w:spacing w:after="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0033090B">
-[...9 lines deleted...]
-      <w:r w:rsidR="00322AB2" w:rsidRPr="0033090B">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Fonds zahlt die jährliche Zuwendung für </w:t>
+      </w:r>
+      <w:r w:rsidR="005249EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">das laufende Jahr </w:t>
+      </w:r>
+      <w:r w:rsidR="005249EB" w:rsidRPr="00C128B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>vor dem 15. Dezember des laufenden Jahres</w:t>
-[...20 lines deleted...]
-      </w:r>
+        <w:t>bis spätestens den 30. Juni</w:t>
+      </w:r>
+      <w:r w:rsidR="005249EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Die Parteien vereinbaren die nachstehende Berechnungsformel zwecks Ausrechnung der jährlichen Zuwendung </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005249EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anzuwenden </w:t>
+      </w:r>
+      <w:r w:rsidR="00184E2B" w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9273" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4202"/>
         <w:gridCol w:w="745"/>
         <w:gridCol w:w="4326"/>
       </w:tblGrid>
       <w:tr w:rsidR="0033090B" w:rsidRPr="0033090B" w14:paraId="41CABFFA" w14:textId="77777777" w:rsidTr="00D01A68">
         <w:trPr>
           <w:trHeight w:val="598"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4202" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
@@ -2260,119 +2545,107 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4326" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A36C25A" w14:textId="388F50FA" w:rsidR="00184E2B" w:rsidRPr="0033090B" w:rsidRDefault="00184E2B" w:rsidP="00D01A68">
             <w:pPr>
               <w:spacing w:after="360" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0033090B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>Bauindex</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Bauindex </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0033090B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>vom</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0033090B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0033090B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Oktober</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0033090B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> (n-1)</w:t>
             </w:r>
             <w:r w:rsidRPr="0033090B">
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Appelnotedebasdep"/>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1A33A606" w14:textId="76BCAEDF" w:rsidR="00184E2B" w:rsidRPr="0033090B" w:rsidRDefault="00184E2B" w:rsidP="00184E2B">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="18" w:space="5" w:color="000000" w:themeColor="text1"/>
           <w:between w:val="single" w:sz="4" w:space="5" w:color="FFFFFF" w:themeColor="background1"/>
         </w:pBdr>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2388,350 +2661,700 @@
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Bauindex vom 1. Oktober 2016 </w:t>
       </w:r>
       <w:r w:rsidRPr="0033090B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>[764,68]</w:t>
       </w:r>
       <w:r w:rsidRPr="0033090B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F5B95E7" w14:textId="48817449" w:rsidR="000B1C1B" w:rsidRPr="0033090B" w:rsidRDefault="00322AB2">
+    <w:p w14:paraId="1F5B95E7" w14:textId="52B00743" w:rsidR="000B1C1B" w:rsidRDefault="000B0246">
       <w:pPr>
         <w:spacing w:after="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...18 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Fonds zahlt die indexierte Jahreszuwendung per Banküberweisung auf nachstehendes Konto der </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Gemeinde :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="0AEDAB19" w14:textId="50EB5899" w:rsidR="000B0246" w:rsidRPr="00C128B1" w:rsidRDefault="000B0246" w:rsidP="000B0246">
+      <w:pPr>
+        <w:spacing w:after="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t>Bank :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>IBAN LU00 0000 0000 0000 0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-LU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000B1C1B" w:rsidRPr="0033090B">
-[...7 lines deleted...]
-        <w:t>dieser</w:t>
+      <w:r w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t>Kommunikation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000B1C1B" w:rsidRPr="0033090B">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Formel </w:t>
+      <w:r w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000B1C1B" w:rsidRPr="0033090B">
-[...7 lines deleted...]
-        <w:t>beläuft</w:t>
+      <w:r w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t>Jahreszuwendung</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000B1C1B" w:rsidRPr="0033090B">
-[...5 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-LU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000B1C1B" w:rsidRPr="0033090B">
-[...5 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t>Kirche</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-LU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> von xx </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41921B44" w14:textId="740FADEB" w:rsidR="000B0246" w:rsidRPr="00C128B1" w:rsidRDefault="000B0246" w:rsidP="00C128B1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="fr-LU" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Da vorliegende Vereinbarung am x.x.20xx in Kraft tritt, zahlt der Fonds die jährliche Zuwendung für das Jahr 20xx anteilig (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pro </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>rata</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) nach der oben genannten Formel. Ausnahmsweise ist diese erste Zahlung der Zuwendung </w:t>
+      </w:r>
+      <w:r w:rsidR="00450BFE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">spätestens </w:t>
+      </w:r>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in dem Monat, der </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>unmittelbar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> auf das </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Inkrafttreten</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> der </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vereinbarung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>folgt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>zu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>leisten</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-LU" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FA3E0FD" w14:textId="65210FDA" w:rsidR="000B0246" w:rsidRPr="00C128B1" w:rsidRDefault="00450BFE">
+      <w:pPr>
+        <w:spacing w:after="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Der Fonds schließt zwecks Versicherung seiner zivilrechtlichen Haftung für die Nutzung des Gebäudes einen entsprechenden Versicherungsvertrag mit einer im Großherzogtum Luxemburg anerkannten Versicherungsgesellschaft ab</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002251C8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Gemeinde </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wird</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sich</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000B1C1B" w:rsidRPr="0033090B">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> die </w:t>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009975AA" w:rsidRPr="0033090B">
-[...7 lines deleted...]
-        <w:t>jährliche</w:t>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gegen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009975AA" w:rsidRPr="0033090B">
-[...5 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alle </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Risiken</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, die nicht </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>durch</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> den Fonds </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bzw</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dessen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Versicherung </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>abgedeckt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000B1C1B" w:rsidRPr="0033090B">
-[...7 lines deleted...]
-        <w:t>Zuwendung</w:t>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>werden</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000B1C1B" w:rsidRPr="0033090B">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000B1C1B" w:rsidRPr="0033090B">
-[...7 lines deleted...]
-        <w:t>für</w:t>
+      <w:r w:rsidR="002251C8" w:rsidRPr="00C128B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>versichern</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000B1C1B" w:rsidRPr="0033090B">
-[...115 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="002251C8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CFC5055" w14:textId="6992B714" w:rsidR="00DE6BF0" w:rsidRPr="009A0C5F" w:rsidRDefault="00A9468C">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Paragraph 4</w:t>
+        <w:t>Paragraph</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
       </w:r>
       <w:r w:rsidR="00DE6BF0" w:rsidRPr="009A0C5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DE6BF0" w:rsidRPr="009A0C5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -3123,62 +3746,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Pfarrer</w:t>
       </w:r>
       <w:r w:rsidR="00E116BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> entscheidet </w:t>
       </w:r>
       <w:r w:rsidR="00072A2C" w:rsidRPr="009A0C5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">- unter der Autorität des Erzbischofs bzw. des Generalvikars - allein, ob die geplante Aktivität mit dem sakralen Charakter des religiösen Gebäudes und seiner Nutzung als </w:t>
-[...10 lines deleted...]
-        <w:t>Gottesdienstraum</w:t>
+        <w:t>- unter der Autorität des Erzbischofs bzw. des Generalvikars - allein, ob die geplante Aktivität mit dem sakralen Charakter des religiösen Gebäudes und seiner Nutzung als Gottesdienstraum</w:t>
       </w:r>
       <w:r w:rsidR="00E116BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> vereinbar ist und</w:t>
       </w:r>
       <w:r w:rsidR="00072A2C" w:rsidRPr="009A0C5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A0C5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
@@ -3651,51 +4263,51 @@
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">vertrauten Situation vor Ort (Häufigkeit/Intensität der Nutzung des Gebäudes durch den Fonds zum Zweck der Ausübung des katholischen Kultes, kulturell-historisches Interesse der Gemeinde am Gebäude als Gemeindeeigentum) </w:t>
       </w:r>
       <w:r w:rsidRPr="00741763">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>sowie</w:t>
       </w:r>
       <w:r w:rsidR="00171AF0" w:rsidRPr="00741763">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> des Umstandes, dass die Aufrechterhaltung einer konstanten Innentemperatur der Konservierung des Gebäudes dient, deren Kosten grundsätzlich vom Eigentümer zu tragen sind, beschließen die Parteien einvernehmlich, den Anteil des Fonds an den alljährlichen Heizkosten auf xx% festzusetzen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306127F2" w14:textId="56F7B44C" w:rsidR="00072A2C" w:rsidRPr="009A0C5F" w:rsidRDefault="00072A2C" w:rsidP="009A0C5F">
+    <w:p w14:paraId="306127F2" w14:textId="56F7B44C" w:rsidR="00072A2C" w:rsidRDefault="00072A2C" w:rsidP="009A0C5F">
       <w:pPr>
         <w:spacing w:after="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A0C5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Vor der Ausführung von Arbeiten berät sich die Gemeinde mit dem Fonds, um sicherzustellen, dass die Würde der Räumlichkeiten jederzeit </w:t>
       </w:r>
       <w:r w:rsidR="00D9411F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
@@ -3704,74 +4316,101 @@
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>gewährleistet</w:t>
       </w:r>
       <w:r w:rsidR="00D9411F" w:rsidRPr="009A0C5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A0C5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>bleibt.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="5051F9B8" w14:textId="77777777" w:rsidR="00C32F55" w:rsidRDefault="00C32F55" w:rsidP="009A0C5F">
+      <w:pPr>
+        <w:spacing w:after="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57969988" w14:textId="77777777" w:rsidR="00C32F55" w:rsidRPr="009A0C5F" w:rsidRDefault="00C32F55" w:rsidP="009A0C5F">
+      <w:pPr>
+        <w:spacing w:after="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="276DA3EA" w14:textId="51CBAC05" w:rsidR="0003042C" w:rsidRPr="009A0C5F" w:rsidRDefault="00D9411F" w:rsidP="009A0C5F">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Paragraph</w:t>
       </w:r>
       <w:r w:rsidR="0003042C" w:rsidRPr="009A0C5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7</w:t>
       </w:r>
       <w:r w:rsidR="0003042C" w:rsidRPr="009A0C5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -4266,51 +4905,50 @@
     </w:p>
     <w:p w14:paraId="0881E1A5" w14:textId="6061CC4D" w:rsidR="00787D36" w:rsidRPr="009A0C5F" w:rsidRDefault="00A03570">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Paragraph</w:t>
       </w:r>
       <w:r w:rsidR="00787D36" w:rsidRPr="009A0C5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B77C472" w14:textId="4B1376CC" w:rsidR="00072A2C" w:rsidRPr="009A0C5F" w:rsidRDefault="00072A2C" w:rsidP="009A0C5F">
       <w:pPr>
         <w:spacing w:after="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
@@ -4486,51 +5124,51 @@
         <w:t xml:space="preserve">…….., </w:t>
       </w:r>
       <w:r w:rsidRPr="009A0C5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
       <w:r w:rsidR="001E37E1" w:rsidRPr="009A0C5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>………………………</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9066" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2619"/>
         <w:gridCol w:w="555"/>
         <w:gridCol w:w="2613"/>
         <w:gridCol w:w="555"/>
         <w:gridCol w:w="2618"/>
         <w:gridCol w:w="106"/>
@@ -5233,249 +5871,256 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FE3079" w:rsidRPr="009A0C5F" w:rsidSect="004F67E8">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="993" w:right="1106" w:bottom="993" w:left="1678" w:header="567" w:footer="851" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22EBFF0B" w14:textId="77777777" w:rsidR="00FA0150" w:rsidRDefault="00FA0150">
+    <w:p w14:paraId="2078E040" w14:textId="77777777" w:rsidR="00290674" w:rsidRDefault="00290674">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="79A34DE8" w14:textId="77777777" w:rsidR="00FA0150" w:rsidRDefault="00FA0150">
+    <w:p w14:paraId="1F48BEF1" w14:textId="77777777" w:rsidR="00290674" w:rsidRDefault="00290674">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TT1A6t00">
     <w:altName w:val="MS Gothic"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Helvetica Neue">
+    <w:panose1 w:val="02000503000000020004"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26E9B3CE" w14:textId="77777777" w:rsidR="009D65EC" w:rsidRDefault="009D65EC" w:rsidP="00CC1F3C">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">- </w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="003A7BF2">
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Numrodepage"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:t xml:space="preserve"> -</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6FB190AF" w14:textId="77777777" w:rsidR="009D65EC" w:rsidRDefault="009D65EC" w:rsidP="0021038B">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>(</w:t>
     </w:r>
     <w:r w:rsidRPr="0021038B">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Version 05.2018</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t xml:space="preserve">- 1 - </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16082D27" w14:textId="77777777" w:rsidR="00FA0150" w:rsidRDefault="00FA0150">
+    <w:p w14:paraId="4D5E5F07" w14:textId="77777777" w:rsidR="00290674" w:rsidRDefault="00290674">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D2508B7" w14:textId="77777777" w:rsidR="00FA0150" w:rsidRDefault="00FA0150">
+    <w:p w14:paraId="4E816400" w14:textId="77777777" w:rsidR="00290674" w:rsidRDefault="00290674">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="06181978" w14:textId="2AC34076" w:rsidR="00184E2B" w:rsidRPr="0033090B" w:rsidRDefault="00184E2B" w:rsidP="00184E2B">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Notedebasdepage"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0033090B">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0033090B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000B1C1B" w:rsidRPr="0033090B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -5946,73 +6591,51 @@
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> der </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000B1C1B" w:rsidRPr="0033090B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>anzuwendende</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000B1C1B" w:rsidRPr="0033090B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> der von </w:t>
+        <w:t xml:space="preserve"> Bauindex der von </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000B1C1B" w:rsidRPr="0033090B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Oktober</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000B1C1B" w:rsidRPr="0033090B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2022 (n-1)</w:t>
       </w:r>
       <w:r w:rsidR="006C69EC" w:rsidRPr="0033090B">
         <w:rPr>
@@ -6128,78 +6751,78 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>wird</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000B1C1B" w:rsidRPr="0033090B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1A0BAC63" w14:textId="77777777" w:rsidR="009D65EC" w:rsidRPr="009152C6" w:rsidRDefault="009D65EC" w:rsidP="006F4EF3">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="En-tte"/>
       <w:ind w:right="-717"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009152C6">
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FDA43476"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7443,52 +8066,52 @@
   <w:num w:numId="4" w16cid:durableId="69084443">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1736080588">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="15933625">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="247808482">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="223486665">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1441533072">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1992711480">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="160"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-CH" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-LU" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-CH" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
@@ -7496,161 +8119,169 @@
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC1F3C"/>
     <w:rsid w:val="00020F1D"/>
     <w:rsid w:val="00023A05"/>
     <w:rsid w:val="00024C64"/>
     <w:rsid w:val="0003042C"/>
     <w:rsid w:val="000411E6"/>
     <w:rsid w:val="00055685"/>
     <w:rsid w:val="00060C6B"/>
     <w:rsid w:val="00072A2C"/>
     <w:rsid w:val="0009131B"/>
     <w:rsid w:val="00096D3D"/>
     <w:rsid w:val="000A0B22"/>
+    <w:rsid w:val="000B0246"/>
     <w:rsid w:val="000B1C1B"/>
     <w:rsid w:val="000B573C"/>
     <w:rsid w:val="000B643F"/>
     <w:rsid w:val="000C148F"/>
     <w:rsid w:val="000E3857"/>
     <w:rsid w:val="000E56B2"/>
     <w:rsid w:val="000F1945"/>
     <w:rsid w:val="000F712B"/>
     <w:rsid w:val="000F7B45"/>
     <w:rsid w:val="00103E73"/>
+    <w:rsid w:val="00104073"/>
     <w:rsid w:val="00111F20"/>
     <w:rsid w:val="001134FC"/>
     <w:rsid w:val="001165AE"/>
     <w:rsid w:val="0013022D"/>
     <w:rsid w:val="00134C47"/>
     <w:rsid w:val="001379CD"/>
     <w:rsid w:val="0014094D"/>
     <w:rsid w:val="00145B29"/>
     <w:rsid w:val="00146BA3"/>
     <w:rsid w:val="0016455A"/>
     <w:rsid w:val="00171AF0"/>
     <w:rsid w:val="00181410"/>
     <w:rsid w:val="00184E2B"/>
     <w:rsid w:val="0019116F"/>
     <w:rsid w:val="00193F1F"/>
     <w:rsid w:val="001B137B"/>
     <w:rsid w:val="001B2641"/>
     <w:rsid w:val="001C4DD3"/>
     <w:rsid w:val="001D21E3"/>
     <w:rsid w:val="001E37E1"/>
     <w:rsid w:val="001E4D15"/>
     <w:rsid w:val="001E562D"/>
     <w:rsid w:val="0020201E"/>
     <w:rsid w:val="00204B96"/>
     <w:rsid w:val="0021038B"/>
     <w:rsid w:val="002218D6"/>
+    <w:rsid w:val="002251C8"/>
     <w:rsid w:val="00232D8D"/>
     <w:rsid w:val="00234042"/>
     <w:rsid w:val="00240269"/>
     <w:rsid w:val="002420CB"/>
     <w:rsid w:val="00243406"/>
     <w:rsid w:val="00244CD8"/>
     <w:rsid w:val="00247604"/>
     <w:rsid w:val="00260A5B"/>
     <w:rsid w:val="002635A9"/>
     <w:rsid w:val="00266706"/>
     <w:rsid w:val="00282EBC"/>
+    <w:rsid w:val="00290674"/>
     <w:rsid w:val="002957FF"/>
     <w:rsid w:val="002A78B7"/>
     <w:rsid w:val="002B02A6"/>
     <w:rsid w:val="002B4AD4"/>
+    <w:rsid w:val="002D3470"/>
     <w:rsid w:val="002D5FF1"/>
     <w:rsid w:val="002D621C"/>
     <w:rsid w:val="002E16C7"/>
     <w:rsid w:val="002E5004"/>
     <w:rsid w:val="002F0BF9"/>
     <w:rsid w:val="00302D31"/>
+    <w:rsid w:val="00303806"/>
     <w:rsid w:val="00304FB7"/>
     <w:rsid w:val="0031055F"/>
     <w:rsid w:val="00314791"/>
     <w:rsid w:val="003206B9"/>
     <w:rsid w:val="003216B0"/>
     <w:rsid w:val="00322AB2"/>
     <w:rsid w:val="00324C43"/>
     <w:rsid w:val="00325BD8"/>
     <w:rsid w:val="0033090B"/>
     <w:rsid w:val="00330E31"/>
     <w:rsid w:val="00335FAF"/>
     <w:rsid w:val="00342458"/>
     <w:rsid w:val="00357B16"/>
     <w:rsid w:val="00367144"/>
     <w:rsid w:val="00383B1F"/>
     <w:rsid w:val="00387D8E"/>
     <w:rsid w:val="00391AB1"/>
     <w:rsid w:val="0039775F"/>
     <w:rsid w:val="003A363E"/>
     <w:rsid w:val="003A7BF2"/>
     <w:rsid w:val="003B0613"/>
     <w:rsid w:val="003B24E7"/>
     <w:rsid w:val="003B37AC"/>
     <w:rsid w:val="003B4CC5"/>
     <w:rsid w:val="003C17CE"/>
     <w:rsid w:val="003C2C46"/>
     <w:rsid w:val="003E017B"/>
     <w:rsid w:val="003E5E6E"/>
     <w:rsid w:val="004003C1"/>
     <w:rsid w:val="0041274B"/>
     <w:rsid w:val="004206CD"/>
     <w:rsid w:val="00420CBA"/>
     <w:rsid w:val="004318F8"/>
     <w:rsid w:val="00443158"/>
     <w:rsid w:val="00446D0D"/>
+    <w:rsid w:val="00450BFE"/>
     <w:rsid w:val="00451EA1"/>
     <w:rsid w:val="0046545B"/>
     <w:rsid w:val="0046598B"/>
     <w:rsid w:val="0048449C"/>
     <w:rsid w:val="00485F35"/>
     <w:rsid w:val="00487F74"/>
     <w:rsid w:val="00491407"/>
     <w:rsid w:val="00491E6E"/>
     <w:rsid w:val="00497204"/>
     <w:rsid w:val="004A2665"/>
     <w:rsid w:val="004A42B5"/>
     <w:rsid w:val="004B4031"/>
     <w:rsid w:val="004B480E"/>
     <w:rsid w:val="004C41AA"/>
     <w:rsid w:val="004C58EE"/>
     <w:rsid w:val="004D541D"/>
     <w:rsid w:val="004E218B"/>
     <w:rsid w:val="004F67E8"/>
     <w:rsid w:val="0050215B"/>
+    <w:rsid w:val="005249EB"/>
     <w:rsid w:val="00535069"/>
     <w:rsid w:val="00542A5A"/>
     <w:rsid w:val="0055127D"/>
     <w:rsid w:val="00551DEC"/>
     <w:rsid w:val="00552B47"/>
     <w:rsid w:val="005530FA"/>
     <w:rsid w:val="00554167"/>
     <w:rsid w:val="005565FF"/>
     <w:rsid w:val="0056101B"/>
     <w:rsid w:val="0056152D"/>
     <w:rsid w:val="005624B9"/>
     <w:rsid w:val="00563FC2"/>
     <w:rsid w:val="00570670"/>
     <w:rsid w:val="00572ABC"/>
     <w:rsid w:val="00574D10"/>
     <w:rsid w:val="00592F19"/>
     <w:rsid w:val="00595A2D"/>
     <w:rsid w:val="005B3BFE"/>
     <w:rsid w:val="005C0A8F"/>
     <w:rsid w:val="005C417B"/>
     <w:rsid w:val="005D11C0"/>
     <w:rsid w:val="005E0B4C"/>
     <w:rsid w:val="005E5DEB"/>
     <w:rsid w:val="005F0A0B"/>
     <w:rsid w:val="005F13A7"/>
@@ -7718,121 +8349,126 @@
     <w:rsid w:val="00833240"/>
     <w:rsid w:val="00834716"/>
     <w:rsid w:val="00835A14"/>
     <w:rsid w:val="008478F3"/>
     <w:rsid w:val="00847B25"/>
     <w:rsid w:val="00851F17"/>
     <w:rsid w:val="0085273A"/>
     <w:rsid w:val="008617E7"/>
     <w:rsid w:val="008A0ACB"/>
     <w:rsid w:val="008A139D"/>
     <w:rsid w:val="008A3CAF"/>
     <w:rsid w:val="008A6B71"/>
     <w:rsid w:val="008B10AC"/>
     <w:rsid w:val="008B2C92"/>
     <w:rsid w:val="008B35BA"/>
     <w:rsid w:val="008E6AB1"/>
     <w:rsid w:val="008F0E18"/>
     <w:rsid w:val="008F5202"/>
     <w:rsid w:val="008F6BE9"/>
     <w:rsid w:val="008F6D98"/>
     <w:rsid w:val="009152C6"/>
     <w:rsid w:val="00931CF8"/>
     <w:rsid w:val="00932576"/>
     <w:rsid w:val="00934F22"/>
     <w:rsid w:val="00936E34"/>
+    <w:rsid w:val="0094175C"/>
     <w:rsid w:val="00942208"/>
     <w:rsid w:val="009608A1"/>
     <w:rsid w:val="00983133"/>
     <w:rsid w:val="0098491C"/>
     <w:rsid w:val="00990415"/>
     <w:rsid w:val="00995DD8"/>
     <w:rsid w:val="009975AA"/>
     <w:rsid w:val="009A0C5F"/>
     <w:rsid w:val="009A12F2"/>
     <w:rsid w:val="009A1DF4"/>
     <w:rsid w:val="009A6905"/>
     <w:rsid w:val="009A699D"/>
     <w:rsid w:val="009B5563"/>
     <w:rsid w:val="009B6396"/>
     <w:rsid w:val="009B6870"/>
+    <w:rsid w:val="009C6C8F"/>
     <w:rsid w:val="009C7468"/>
     <w:rsid w:val="009D65EC"/>
     <w:rsid w:val="009D71B2"/>
     <w:rsid w:val="009F182D"/>
     <w:rsid w:val="009F4E2D"/>
     <w:rsid w:val="00A01C2F"/>
     <w:rsid w:val="00A03570"/>
     <w:rsid w:val="00A0515C"/>
     <w:rsid w:val="00A05DBF"/>
     <w:rsid w:val="00A13219"/>
     <w:rsid w:val="00A15F57"/>
     <w:rsid w:val="00A17D3B"/>
+    <w:rsid w:val="00A24B2A"/>
     <w:rsid w:val="00A318AA"/>
     <w:rsid w:val="00A33CC3"/>
     <w:rsid w:val="00A34FCE"/>
     <w:rsid w:val="00A44092"/>
     <w:rsid w:val="00A450AA"/>
     <w:rsid w:val="00A53962"/>
     <w:rsid w:val="00A55052"/>
     <w:rsid w:val="00A57370"/>
     <w:rsid w:val="00A574C3"/>
     <w:rsid w:val="00A605B3"/>
     <w:rsid w:val="00A60B20"/>
     <w:rsid w:val="00A76BE1"/>
     <w:rsid w:val="00A80816"/>
     <w:rsid w:val="00A82B5C"/>
     <w:rsid w:val="00A9468C"/>
     <w:rsid w:val="00AA11AF"/>
     <w:rsid w:val="00AA3B8C"/>
     <w:rsid w:val="00AA4658"/>
     <w:rsid w:val="00AB23FE"/>
     <w:rsid w:val="00AB5674"/>
     <w:rsid w:val="00AC3764"/>
     <w:rsid w:val="00AE39D3"/>
     <w:rsid w:val="00AF3311"/>
     <w:rsid w:val="00AF3C86"/>
     <w:rsid w:val="00B253D1"/>
     <w:rsid w:val="00B30CEC"/>
     <w:rsid w:val="00B35F94"/>
     <w:rsid w:val="00B4755F"/>
     <w:rsid w:val="00B56372"/>
     <w:rsid w:val="00B76949"/>
     <w:rsid w:val="00B8176E"/>
     <w:rsid w:val="00B91DFE"/>
     <w:rsid w:val="00B92269"/>
     <w:rsid w:val="00B939B7"/>
     <w:rsid w:val="00B9499A"/>
     <w:rsid w:val="00B96B8E"/>
     <w:rsid w:val="00B9746E"/>
     <w:rsid w:val="00B97A53"/>
     <w:rsid w:val="00BB25CD"/>
     <w:rsid w:val="00BC0E2E"/>
     <w:rsid w:val="00BD0AEC"/>
     <w:rsid w:val="00C01073"/>
     <w:rsid w:val="00C01EF1"/>
+    <w:rsid w:val="00C128B1"/>
     <w:rsid w:val="00C13388"/>
+    <w:rsid w:val="00C32F55"/>
     <w:rsid w:val="00C7152A"/>
     <w:rsid w:val="00C8052B"/>
     <w:rsid w:val="00CA1BFB"/>
     <w:rsid w:val="00CA2400"/>
     <w:rsid w:val="00CA6563"/>
     <w:rsid w:val="00CC1F3C"/>
     <w:rsid w:val="00CD066B"/>
     <w:rsid w:val="00CD38C7"/>
     <w:rsid w:val="00CD3C57"/>
     <w:rsid w:val="00CD4198"/>
     <w:rsid w:val="00CD4C6A"/>
     <w:rsid w:val="00CF2F06"/>
     <w:rsid w:val="00CF3074"/>
     <w:rsid w:val="00CF4AA7"/>
     <w:rsid w:val="00CF4B91"/>
     <w:rsid w:val="00D05E33"/>
     <w:rsid w:val="00D211FD"/>
     <w:rsid w:val="00D36C4E"/>
     <w:rsid w:val="00D741BE"/>
     <w:rsid w:val="00D8200D"/>
     <w:rsid w:val="00D84594"/>
     <w:rsid w:val="00D93767"/>
     <w:rsid w:val="00D9411F"/>
     <w:rsid w:val="00DA6905"/>
     <w:rsid w:val="00DA7031"/>
@@ -7851,100 +8487,101 @@
     <w:rsid w:val="00E000D6"/>
     <w:rsid w:val="00E06B5F"/>
     <w:rsid w:val="00E11130"/>
     <w:rsid w:val="00E116BE"/>
     <w:rsid w:val="00E16A76"/>
     <w:rsid w:val="00E24087"/>
     <w:rsid w:val="00E24FE5"/>
     <w:rsid w:val="00E32D4C"/>
     <w:rsid w:val="00E402AD"/>
     <w:rsid w:val="00E605C8"/>
     <w:rsid w:val="00E70EEE"/>
     <w:rsid w:val="00E72694"/>
     <w:rsid w:val="00E819AF"/>
     <w:rsid w:val="00E82BBC"/>
     <w:rsid w:val="00E83329"/>
     <w:rsid w:val="00E837E0"/>
     <w:rsid w:val="00E87447"/>
     <w:rsid w:val="00EA4FEC"/>
     <w:rsid w:val="00EA658E"/>
     <w:rsid w:val="00EB01B8"/>
     <w:rsid w:val="00EB491E"/>
     <w:rsid w:val="00EC36D0"/>
     <w:rsid w:val="00EC4814"/>
     <w:rsid w:val="00EE302D"/>
     <w:rsid w:val="00EE488A"/>
+    <w:rsid w:val="00EF6BBE"/>
     <w:rsid w:val="00F046C3"/>
     <w:rsid w:val="00F13676"/>
     <w:rsid w:val="00F1462E"/>
     <w:rsid w:val="00F17454"/>
     <w:rsid w:val="00F5252A"/>
     <w:rsid w:val="00F60530"/>
     <w:rsid w:val="00F644DB"/>
     <w:rsid w:val="00F70598"/>
     <w:rsid w:val="00F86393"/>
     <w:rsid w:val="00F86A2A"/>
     <w:rsid w:val="00FA0150"/>
     <w:rsid w:val="00FB2233"/>
     <w:rsid w:val="00FB3BB4"/>
     <w:rsid w:val="00FB7527"/>
     <w:rsid w:val="00FD7168"/>
     <w:rsid w:val="00FE3079"/>
     <w:rsid w:val="00FF42B9"/>
     <w:rsid w:val="00FF68EF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5EF37BC2"/>
   <w15:docId w15:val="{4F0D642F-75E5-014A-80E2-A94516097A33}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8290,249 +8927,249 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C7152A"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="En-tte">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00CC1F3C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Pieddepage">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00CC1F3C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Numrodepage">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="00CC1F3C"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:type="paragraph" w:styleId="Notedebasdepage">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="009B6396"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Appelnotedebasdep">
     <w:name w:val="footnote reference"/>
     <w:semiHidden/>
     <w:rsid w:val="009B6396"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:rsid w:val="006D3449"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Textedebulles">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="TextedebullesCar"/>
     <w:rsid w:val="004D541D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...1 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
+    <w:name w:val="Texte de bulles Car"/>
+    <w:link w:val="Textedebulles"/>
     <w:rsid w:val="004D541D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Marquedecommentaire">
     <w:name w:val="annotation reference"/>
     <w:rsid w:val="00020F1D"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Commentaire">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:link w:val="CommentaireCar"/>
     <w:rsid w:val="00020F1D"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...1 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentaireCar">
+    <w:name w:val="Commentaire Car"/>
+    <w:link w:val="Commentaire"/>
     <w:rsid w:val="00020F1D"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Objetducommentaire">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Commentaire"/>
+    <w:next w:val="Commentaire"/>
+    <w:link w:val="ObjetducommentaireCar"/>
     <w:rsid w:val="00020F1D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...1 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
+    <w:name w:val="Objet du commentaire Car"/>
+    <w:link w:val="Objetducommentaire"/>
     <w:rsid w:val="00020F1D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="EndnoteText">
+  <w:style w:type="paragraph" w:styleId="Notedefin">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="EndnoteTextChar"/>
+    <w:link w:val="NotedefinCar"/>
     <w:rsid w:val="0021038B"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
-[...2 lines deleted...]
-    <w:link w:val="EndnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NotedefinCar">
+    <w:name w:val="Note de fin Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Notedefin"/>
     <w:rsid w:val="0021038B"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="EndnoteReference">
+  <w:style w:type="character" w:styleId="Appeldenotedefin">
     <w:name w:val="endnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="0021038B"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
+  <w:style w:type="paragraph" w:styleId="Rvision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DB70BE"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1085807241">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="150218969">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -8950,81 +9587,81 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD4B47B0-603B-5243-A17E-66B60A6A33D7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1133</Words>
-  <Characters>7175</Characters>
+  <Words>1462</Words>
+  <Characters>8045</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>16</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>67</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Régime de service des ministres du culte :</vt:lpstr>
       <vt:lpstr>Régime de service des ministres du culte :</vt:lpstr>
       <vt:lpstr>Régime de service des ministres du culte :</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8292</CharactersWithSpaces>
+  <CharactersWithSpaces>9489</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Régime de service des ministres du culte :</dc:title>
   <dc:creator>Camille</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>